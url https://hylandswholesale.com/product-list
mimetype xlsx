--- v0 (2025-10-18)
+++ v1 (2025-12-08)
@@ -5,82 +5,82 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://hylands1-my.sharepoint.com/personal/cbro_hylands_com/Documents/Documents/Web Dev/Wholesale/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0603359E-C290-4B3A-BD6C-1DAAE26A048A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{0603359E-C290-4B3A-BD6C-1DAAE26A048A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C32AC8E2-0B46-4D08-ACE9-0EA74396C597}"/>
   <bookViews>
-    <workbookView xWindow="57480" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="57705" yWindow="210" windowWidth="28800" windowHeight="15375" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Wholesale Products" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Wholesale Products'!$A$1:$E$75</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Wholesale Products'!$A$1:$E$74</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="370" uniqueCount="242">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="365" uniqueCount="239">
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Variant SKU</t>
   </si>
   <si>
     <t>Variant Barcode</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>BABY ITEMS</t>
   </si>
   <si>
     <t>Baby Eczema Cream</t>
   </si>
   <si>
@@ -312,59 +312,50 @@
     <t>Kids Cough &amp; Mucus</t>
   </si>
   <si>
     <t>CMCK----L4ZF1</t>
   </si>
   <si>
     <t>3-54973-40561-5</t>
   </si>
   <si>
     <t>Kids Cough &amp; Mucus Combo Pack</t>
   </si>
   <si>
     <t>CMCDNF--L4Z2PKF1</t>
   </si>
   <si>
     <t>3-54973-40591-2</t>
   </si>
   <si>
     <t>Kids Cough &amp; Mucus Nighttime</t>
   </si>
   <si>
     <t>CMCNF---L4ZF1</t>
   </si>
   <si>
     <t>3-54973-40571-4</t>
-  </si>
-[...7 lines deleted...]
-    <t>3-54973-34061-9</t>
   </si>
   <si>
     <t>Organic Kids All-in-One Cough Syrup Combo</t>
   </si>
   <si>
     <t>KCMDNOLF1-4Z2PK</t>
   </si>
   <si>
     <t>8-10087-82064-0</t>
   </si>
   <si>
     <t>Organic Kids All-in-One Cough Syrup Daytime</t>
   </si>
   <si>
     <t>KCMDOLF1-4Z</t>
   </si>
   <si>
     <t>8-10087-82062-6</t>
   </si>
   <si>
     <t>Organic Kids All-in-One Cough Syrup Nighttime</t>
   </si>
   <si>
     <t>KCMNOLF1-4Z</t>
   </si>
@@ -1701,54 +1692,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F77"/>
+  <dimension ref="A1:F76"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="A24" sqref="A24"/>
+      <selection activeCell="A30" sqref="A30:XFD30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.58203125" defaultRowHeight="16" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="63.83203125" style="12" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="14.08203125" customWidth="1"/>
     <col min="3" max="3" width="20.83203125" customWidth="1"/>
     <col min="4" max="4" width="28.5" style="6" customWidth="1"/>
     <col min="6" max="6" width="24.83203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="12" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="13" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="12" t="s">
@@ -2278,971 +2269,951 @@
         <v>73</v>
       </c>
       <c r="C29" t="s">
         <v>90</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>91</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29">
         <v>6.79</v>
       </c>
     </row>
     <row r="30" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="12" t="s">
         <v>92</v>
       </c>
       <c r="B30" t="s">
         <v>73</v>
       </c>
       <c r="C30" t="s">
         <v>93</v>
       </c>
-      <c r="D30" s="6" t="s">
+      <c r="D30" t="s">
         <v>94</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30">
-        <v>8.39</v>
+        <v>14.29</v>
       </c>
     </row>
     <row r="31" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="12" t="s">
         <v>95</v>
       </c>
       <c r="B31" t="s">
         <v>73</v>
       </c>
       <c r="C31" t="s">
         <v>96</v>
       </c>
       <c r="D31" t="s">
         <v>97</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31">
-        <v>14.29</v>
+        <v>8.49</v>
       </c>
     </row>
     <row r="32" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="12" t="s">
         <v>98</v>
       </c>
       <c r="B32" t="s">
         <v>73</v>
       </c>
       <c r="C32" t="s">
         <v>99</v>
       </c>
       <c r="D32" t="s">
         <v>100</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32">
-        <v>8.49</v>
+        <v>7.79</v>
       </c>
     </row>
     <row r="33" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="12" t="s">
         <v>101</v>
       </c>
       <c r="B33" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="C33" t="s">
         <v>102</v>
       </c>
-      <c r="D33" t="s">
+      <c r="C33" s="15" t="s">
+        <v>226</v>
+      </c>
+      <c r="D33" s="16" t="s">
+        <v>227</v>
+      </c>
+      <c r="E33" t="s">
+        <v>24</v>
+      </c>
+      <c r="F33">
+        <v>13.19</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="18" t="s">
         <v>103</v>
       </c>
-      <c r="E33" t="s">
-[...7 lines deleted...]
-      <c r="A34" s="12" t="s">
+      <c r="B34" t="s">
+        <v>102</v>
+      </c>
+      <c r="C34" s="15" t="s">
         <v>104</v>
       </c>
-      <c r="B34" t="s">
+      <c r="D34" s="16" t="s">
         <v>105</v>
       </c>
-      <c r="C34" s="15" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="E34" s="15" t="s">
+        <v>11</v>
       </c>
       <c r="F34">
-        <v>13.19</v>
+        <v>9.6</v>
       </c>
     </row>
     <row r="35" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="18" t="s">
         <v>106</v>
       </c>
       <c r="B35" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D35" s="16" t="s">
         <v>108</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>11</v>
       </c>
       <c r="F35">
         <v>9.6</v>
       </c>
     </row>
     <row r="36" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="18" t="s">
         <v>109</v>
       </c>
       <c r="B36" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D36" s="16" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>11</v>
       </c>
       <c r="F36">
         <v>9.6</v>
       </c>
     </row>
     <row r="37" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="18" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B37" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>114</v>
       </c>
       <c r="D37" s="16" t="s">
         <v>115</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>11</v>
       </c>
       <c r="F37">
-        <v>9.6</v>
+        <v>7.79</v>
       </c>
     </row>
     <row r="38" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A38" s="18" t="s">
         <v>116</v>
       </c>
       <c r="B38" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D38" s="16" t="s">
         <v>118</v>
       </c>
       <c r="E38" s="15" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="F38">
         <v>7.79</v>
       </c>
     </row>
     <row r="39" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A39" s="18" t="s">
+      <c r="A39" s="12" t="s">
         <v>119</v>
       </c>
       <c r="B39" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="C39" s="15" t="s">
         <v>120</v>
       </c>
-      <c r="D39" s="16" t="s">
+      <c r="C39" t="s">
         <v>121</v>
       </c>
-      <c r="E39" s="15" t="s">
-        <v>24</v>
+      <c r="D39" s="10" t="s">
+        <v>122</v>
+      </c>
+      <c r="E39" t="s">
+        <v>11</v>
       </c>
       <c r="F39">
-        <v>7.79</v>
+        <v>12.59</v>
       </c>
     </row>
     <row r="40" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A40" s="12" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B40" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="C40" t="s">
         <v>124</v>
       </c>
       <c r="D40" s="10" t="s">
         <v>125</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40">
         <v>12.59</v>
       </c>
     </row>
-    <row r="41" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A41" s="12" t="s">
+    <row r="41" spans="1:6" s="4" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="4" t="s">
         <v>126</v>
       </c>
-      <c r="B41" t="s">
-[...2 lines deleted...]
-      <c r="C41" t="s">
+      <c r="D41" s="9"/>
+      <c r="E41" s="9"/>
+      <c r="F41" s="9"/>
+    </row>
+    <row r="42" spans="1:6" s="17" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="12" t="s">
         <v>127</v>
       </c>
-      <c r="D41" s="10" t="s">
+      <c r="B42" t="s">
         <v>128</v>
       </c>
-      <c r="E41" t="s">
-[...7 lines deleted...]
-      <c r="A42" s="4" t="s">
+      <c r="C42" t="s">
         <v>129</v>
       </c>
-      <c r="D42" s="9"/>
-[...3 lines deleted...]
-    <row r="43" spans="1:6" s="17" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="D42" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="E42" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42">
+        <v>7.19</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A43" s="12" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B43" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C43" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D43" s="10" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43">
-        <v>7.19</v>
+        <v>9.59</v>
       </c>
     </row>
     <row r="44" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A44" s="12" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B44" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="C44" t="s">
         <v>136</v>
       </c>
       <c r="D44" s="10" t="s">
         <v>137</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44">
-        <v>9.59</v>
+        <v>8.49</v>
       </c>
     </row>
     <row r="45" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A45" s="12" t="s">
         <v>138</v>
       </c>
       <c r="B45" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="C45" t="s">
+        <v>140</v>
+      </c>
+      <c r="D45" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="E45" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" s="3" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="12" t="s">
+        <v>142</v>
+      </c>
+      <c r="B46" t="s">
         <v>139</v>
-      </c>
-[...15 lines deleted...]
-        <v>142</v>
       </c>
       <c r="C46" t="s">
         <v>143</v>
       </c>
       <c r="D46" s="10" t="s">
         <v>144</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46">
         <v>10.19</v>
       </c>
     </row>
-    <row r="47" spans="1:6" s="3" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A47" s="12" t="s">
         <v>145</v>
       </c>
       <c r="B47" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C47" t="s">
         <v>146</v>
       </c>
       <c r="D47" s="10" t="s">
         <v>147</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47">
         <v>10.19</v>
       </c>
     </row>
     <row r="48" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A48" s="12" t="s">
         <v>148</v>
       </c>
       <c r="B48" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C48" t="s">
         <v>149</v>
       </c>
-      <c r="D48" s="10" t="s">
+      <c r="D48" s="16" t="s">
         <v>150</v>
       </c>
       <c r="E48" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="F48">
         <v>10.19</v>
       </c>
     </row>
     <row r="49" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A49" s="12" t="s">
         <v>151</v>
       </c>
       <c r="B49" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C49" t="s">
         <v>152</v>
       </c>
-      <c r="D49" s="16" t="s">
+      <c r="D49" s="10" t="s">
         <v>153</v>
       </c>
       <c r="E49" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="F49">
         <v>10.19</v>
       </c>
     </row>
     <row r="50" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A50" s="12" t="s">
         <v>154</v>
       </c>
       <c r="B50" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C50" t="s">
         <v>155</v>
       </c>
       <c r="D50" s="10" t="s">
         <v>156</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50">
         <v>10.19</v>
       </c>
     </row>
     <row r="51" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A51" s="12" t="s">
         <v>157</v>
       </c>
       <c r="B51" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C51" t="s">
         <v>158</v>
       </c>
       <c r="D51" s="10" t="s">
         <v>159</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51">
         <v>10.19</v>
       </c>
     </row>
     <row r="52" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A52" s="12" t="s">
         <v>160</v>
       </c>
       <c r="B52" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C52" t="s">
         <v>161</v>
       </c>
       <c r="D52" s="10" t="s">
         <v>162</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52">
         <v>10.19</v>
       </c>
     </row>
     <row r="53" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A53" s="12" t="s">
         <v>163</v>
       </c>
       <c r="B53" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C53" t="s">
         <v>164</v>
       </c>
       <c r="D53" s="10" t="s">
         <v>165</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53">
         <v>10.19</v>
       </c>
     </row>
     <row r="54" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A54" s="12" t="s">
         <v>166</v>
       </c>
       <c r="B54" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C54" t="s">
         <v>167</v>
       </c>
       <c r="D54" s="10" t="s">
         <v>168</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54">
         <v>10.19</v>
       </c>
     </row>
     <row r="55" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A55" s="12" t="s">
         <v>169</v>
       </c>
       <c r="B55" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C55" t="s">
         <v>170</v>
       </c>
-      <c r="D55" s="10" t="s">
+      <c r="D55" s="6" t="s">
         <v>171</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55">
-        <v>10.19</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="56" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A56" s="12" t="s">
         <v>172</v>
       </c>
       <c r="B56" t="s">
-        <v>142</v>
+        <v>173</v>
       </c>
       <c r="C56" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D56" s="6" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56">
-        <v>11.49</v>
+        <v>7.79</v>
       </c>
     </row>
     <row r="57" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A57" s="12" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B57" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C57" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="D57" s="6" t="s">
         <v>178</v>
       </c>
+      <c r="D57" s="10" t="s">
+        <v>179</v>
+      </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57">
-        <v>7.79</v>
+        <v>7.49</v>
       </c>
     </row>
     <row r="58" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A58" s="12" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B58" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C58" t="s">
-        <v>181</v>
-[...1 lines deleted...]
-      <c r="D58" s="10" t="s">
         <v>182</v>
       </c>
+      <c r="D58" s="6" t="s">
+        <v>183</v>
+      </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58">
-        <v>7.49</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="59" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A59" s="12" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B59" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C59" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59">
-        <v>8.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="60" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A60" s="12" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B60" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="C60" t="s">
         <v>189</v>
       </c>
-      <c r="D60" s="6" t="s">
+      <c r="D60" s="14" t="s">
         <v>190</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60">
-        <v>11.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="61" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A61" s="12" t="s">
         <v>191</v>
       </c>
       <c r="B61" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="C61" t="s">
         <v>192</v>
       </c>
-      <c r="D61" s="14" t="s">
+      <c r="D61" s="6" t="s">
         <v>193</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61">
-        <v>13.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="62" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A62" s="12" t="s">
         <v>194</v>
       </c>
       <c r="B62" t="s">
-        <v>188</v>
+        <v>128</v>
       </c>
       <c r="C62" t="s">
         <v>195</v>
       </c>
-      <c r="D62" s="6" t="s">
+      <c r="D62" s="10" t="s">
         <v>196</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62">
-        <v>11.99</v>
+        <v>5.39</v>
       </c>
     </row>
     <row r="63" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A63" s="12" t="s">
         <v>197</v>
       </c>
       <c r="B63" t="s">
-        <v>131</v>
+        <v>181</v>
       </c>
       <c r="C63" t="s">
         <v>198</v>
       </c>
       <c r="D63" s="10" t="s">
         <v>199</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63">
-        <v>5.39</v>
+        <v>7.79</v>
       </c>
     </row>
     <row r="64" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A64" s="12" t="s">
         <v>200</v>
       </c>
       <c r="B64" t="s">
-        <v>184</v>
+        <v>128</v>
       </c>
       <c r="C64" t="s">
         <v>201</v>
       </c>
       <c r="D64" s="10" t="s">
         <v>202</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64">
-        <v>7.79</v>
+        <v>8.09</v>
       </c>
     </row>
     <row r="65" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A65" s="12" t="s">
         <v>203</v>
       </c>
       <c r="B65" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C65" t="s">
         <v>204</v>
       </c>
       <c r="D65" s="10" t="s">
         <v>205</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65">
-        <v>8.09</v>
+        <v>9.49</v>
       </c>
     </row>
     <row r="66" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A66" s="12" t="s">
         <v>206</v>
       </c>
       <c r="B66" t="s">
-        <v>131</v>
+        <v>181</v>
       </c>
       <c r="C66" t="s">
         <v>207</v>
       </c>
       <c r="D66" s="10" t="s">
         <v>208</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66">
-        <v>9.49</v>
+        <v>6.49</v>
       </c>
     </row>
     <row r="67" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A67" s="12" t="s">
         <v>209</v>
       </c>
       <c r="B67" t="s">
-        <v>184</v>
+        <v>132</v>
       </c>
       <c r="C67" t="s">
         <v>210</v>
       </c>
       <c r="D67" s="10" t="s">
         <v>211</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67">
         <v>6.49</v>
       </c>
     </row>
     <row r="68" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A68" s="12" t="s">
         <v>212</v>
       </c>
       <c r="B68" t="s">
-        <v>135</v>
+        <v>177</v>
       </c>
       <c r="C68" t="s">
         <v>213</v>
       </c>
       <c r="D68" s="10" t="s">
         <v>214</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68">
-        <v>6.49</v>
+        <v>6.59</v>
       </c>
     </row>
     <row r="69" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A69" s="12" t="s">
         <v>215</v>
       </c>
       <c r="B69" t="s">
-        <v>180</v>
+        <v>128</v>
       </c>
       <c r="C69" t="s">
         <v>216</v>
       </c>
       <c r="D69" s="10" t="s">
         <v>217</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69">
-        <v>6.59</v>
+        <v>8.09</v>
       </c>
     </row>
     <row r="70" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A70" s="12" t="s">
         <v>218</v>
       </c>
       <c r="B70" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C70" t="s">
         <v>219</v>
       </c>
       <c r="D70" s="10" t="s">
         <v>220</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70">
-        <v>8.09</v>
+        <v>7.19</v>
       </c>
     </row>
     <row r="71" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A71" s="12" t="s">
         <v>221</v>
       </c>
       <c r="B71" t="s">
-        <v>131</v>
+        <v>222</v>
       </c>
       <c r="C71" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D71" s="10" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71">
-        <v>7.19</v>
+        <v>5.99</v>
       </c>
     </row>
     <row r="72" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A72" s="12" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B72" t="s">
-        <v>225</v>
+        <v>173</v>
       </c>
       <c r="C72" t="s">
         <v>226</v>
       </c>
-      <c r="D72" s="10" t="s">
+      <c r="D72" s="15" t="s">
         <v>227</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72">
-        <v>5.99</v>
+        <v>13.19</v>
       </c>
     </row>
     <row r="73" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A73" s="12" t="s">
         <v>228</v>
       </c>
       <c r="B73" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="C73" t="s">
         <v>229</v>
       </c>
-      <c r="D73" s="15" t="s">
+      <c r="D73" s="16" t="s">
         <v>230</v>
       </c>
       <c r="E73" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="F73">
-        <v>13.19</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="74" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A74" s="12" t="s">
         <v>231</v>
       </c>
       <c r="B74" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="C74" t="s">
         <v>232</v>
       </c>
-      <c r="D74" s="16" t="s">
+      <c r="D74" s="6" t="s">
         <v>233</v>
       </c>
       <c r="E74" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="F74">
-        <v>13.99</v>
-[...3 lines deleted...]
-      <c r="A75" s="12" t="s">
+        <v>9.59</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" s="5" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A75" s="5" t="s">
         <v>234</v>
       </c>
-      <c r="B75" t="s">
-[...2 lines deleted...]
-      <c r="C75" t="s">
+      <c r="D75" s="11"/>
+    </row>
+    <row r="76" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A76" s="12" t="s">
         <v>235</v>
       </c>
-      <c r="D75" s="6" t="s">
+      <c r="B76" t="s">
         <v>236</v>
       </c>
-      <c r="E75" t="s">
-[...7 lines deleted...]
-      <c r="A76" s="5" t="s">
+      <c r="C76" t="s">
         <v>237</v>
       </c>
-      <c r="D76" s="11"/>
-[...2 lines deleted...]
-      <c r="A77" s="12" t="s">
+      <c r="D76" s="6" t="s">
         <v>238</v>
       </c>
-      <c r="B77" t="s">
-[...11 lines deleted...]
-      <c r="F77">
+      <c r="E76" t="s">
+        <v>11</v>
+      </c>
+      <c r="F76">
         <v>16.79</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="20" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>