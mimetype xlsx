--- v1 (2025-12-08)
+++ v2 (2026-02-19)
@@ -1,86 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://hylands1-my.sharepoint.com/personal/cbro_hylands_com/Documents/Documents/Web Dev/Wholesale/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="8_{0603359E-C290-4B3A-BD6C-1DAAE26A048A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C32AC8E2-0B46-4D08-ACE9-0EA74396C597}"/>
+  <xr:revisionPtr revIDLastSave="32" documentId="8_{B46EE497-1577-4297-BDE5-F4D7F19B9DBC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EC72BB40-9ADD-42AB-B292-CF2F0483B7B1}"/>
   <bookViews>
-    <workbookView xWindow="57705" yWindow="210" windowWidth="28800" windowHeight="15375" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="57480" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Wholesale Products" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Wholesale Products'!$A$1:$E$74</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Wholesale Products'!$A$1:$E$78</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="365" uniqueCount="239">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="365" uniqueCount="231">
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Variant SKU</t>
   </si>
   <si>
     <t>Variant Barcode</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>BABY ITEMS</t>
   </si>
   <si>
     <t>Baby Eczema Cream</t>
   </si>
   <si>
@@ -113,98 +113,83 @@
   <si>
     <t>BMCR----L4Z</t>
   </si>
   <si>
     <t>3-54973-32841-9</t>
   </si>
   <si>
     <t>Baby Mucus + Cold Relief Combo Pack</t>
   </si>
   <si>
     <t>BMBDNF--L4Z2PK</t>
   </si>
   <si>
     <t>3-54973-33131-0</t>
   </si>
   <si>
     <t>Baby Mucus + Cold Relief Daytime</t>
   </si>
   <si>
     <t>354973328419</t>
   </si>
   <si>
     <t xml:space="preserve">active </t>
   </si>
   <si>
-    <t>Baby Oral Pain Relief</t>
-[...1 lines deleted...]
-  <si>
     <t>Baby Pain</t>
   </si>
   <si>
     <t>BOPR----T125</t>
   </si>
   <si>
     <t>3-54973-33151-8</t>
   </si>
   <si>
     <t>Baby Oral Pain Relief Nighttime</t>
   </si>
   <si>
     <t>BNPR----T125</t>
   </si>
   <si>
     <t>3-54973-33241-6</t>
   </si>
   <si>
-    <t>Baby Tiny Cold Tablets</t>
-[...1 lines deleted...]
-  <si>
     <t>BCLD----T125</t>
   </si>
   <si>
     <t>3-54973-31581-5</t>
   </si>
   <si>
     <t>Baby Tiny Cold Tablets Combo Pack</t>
   </si>
   <si>
     <t>BCDN--T1252PK</t>
   </si>
   <si>
     <t>3-5497333071-9</t>
   </si>
   <si>
-    <t>Organic Baby All Purpose Balm</t>
-[...7 lines deleted...]
-  <si>
     <t>Organic Baby All-in-One Cough Syrup Daytime</t>
   </si>
   <si>
     <t>BOACDL-4Z</t>
   </si>
   <si>
     <t>8-10087-82076-3</t>
   </si>
   <si>
     <t>Organic Baby All-in-One Cough Syrup Nighttime</t>
   </si>
   <si>
     <t>BOACNL-4Z</t>
   </si>
   <si>
     <t>8-10087-82077-0</t>
   </si>
   <si>
     <t>Organic Baby Calming Balm</t>
   </si>
   <si>
     <t>CBALM---U1.76Z</t>
   </si>
   <si>
     <t>8-10087-82025-1</t>
@@ -254,86 +239,77 @@
   <si>
     <t>8-10087-82007-7</t>
   </si>
   <si>
     <t>Organic Baby Soothing Gel Daytime</t>
   </si>
   <si>
     <t>BSGDO---U0.53Z</t>
   </si>
   <si>
     <t>8-10087-82005-3</t>
   </si>
   <si>
     <t>Organic Baby Soothing Gel Nighttime</t>
   </si>
   <si>
     <t>BSGNO---U0.53Z</t>
   </si>
   <si>
     <t>8-10087-82006-0</t>
   </si>
   <si>
     <t>KIDS ITEMS</t>
   </si>
   <si>
-    <t>Kids Cold &amp; Cough</t>
-[...1 lines deleted...]
-  <si>
     <t>Kids Cold</t>
   </si>
   <si>
     <t>CCFK----L4Z</t>
   </si>
   <si>
     <t>3-54973-30751-3</t>
   </si>
   <si>
-    <t>Kids Cold &amp; Cough Combo Pack</t>
-[...1 lines deleted...]
-  <si>
     <t>4 Kids Cold</t>
   </si>
   <si>
     <t>CCKDNF--L4Z2PK</t>
   </si>
   <si>
     <t>3-54973-33781-7</t>
   </si>
   <si>
     <t>Kids Cold &amp; Cough Nighttime</t>
   </si>
   <si>
     <t>CCNTF---L4Z</t>
   </si>
   <si>
     <t>3-54973-33751-0</t>
   </si>
   <si>
-    <t>Kids Cough &amp; Mucus</t>
-[...1 lines deleted...]
-  <si>
     <t>CMCK----L4ZF1</t>
   </si>
   <si>
     <t>3-54973-40561-5</t>
   </si>
   <si>
     <t>Kids Cough &amp; Mucus Combo Pack</t>
   </si>
   <si>
     <t>CMCDNF--L4Z2PKF1</t>
   </si>
   <si>
     <t>3-54973-40591-2</t>
   </si>
   <si>
     <t>Kids Cough &amp; Mucus Nighttime</t>
   </si>
   <si>
     <t>CMCNF---L4ZF1</t>
   </si>
   <si>
     <t>3-54973-40571-4</t>
   </si>
   <si>
     <t>Organic Kids All-in-One Cough Syrup Combo</t>
@@ -395,98 +371,68 @@
   <si>
     <t>KMBEHG-60</t>
   </si>
   <si>
     <t>810087820732</t>
   </si>
   <si>
     <t>Kids Organic Sleep Calm + Immunity Liquid Melatonin Free</t>
   </si>
   <si>
     <t>KOSCILF1-4Z</t>
   </si>
   <si>
     <t>810087820657</t>
   </si>
   <si>
     <t>Kids Sleep Calm + Immunity Liquid with Melatonin</t>
   </si>
   <si>
     <t>KSCIMLF1-4Z</t>
   </si>
   <si>
     <t>810087820664</t>
   </si>
   <si>
-    <t>Kids Sleep Calm + Immunity Gummies</t>
-[...19 lines deleted...]
-  <si>
     <t>ADULT ITEMS</t>
   </si>
   <si>
     <t>Arnica Tablets 30X</t>
   </si>
   <si>
     <t>Pain</t>
   </si>
   <si>
     <t>ARNA----T50</t>
   </si>
   <si>
     <t>3-54973-32661-3</t>
   </si>
   <si>
-    <t>Calm Tablets</t>
-[...1 lines deleted...]
-  <si>
     <t>Stress &amp; Sleep</t>
   </si>
   <si>
-    <t>CALMY---T50</t>
-[...4 lines deleted...]
-  <si>
     <t>Calms Forte Tablets</t>
   </si>
   <si>
     <t>HNCF----T100</t>
   </si>
   <si>
     <t>3-54973-32572-2</t>
   </si>
   <si>
     <t>Cell Salt #1 Calc Fluor</t>
   </si>
   <si>
     <t>Cell Salts</t>
   </si>
   <si>
     <t>CAFL6x--T100</t>
   </si>
   <si>
     <t>3-54973-20331-0</t>
   </si>
   <si>
     <t>Cell Salt #10 Nat Phos</t>
   </si>
   <si>
     <t>NAPH6X--T100</t>
@@ -518,59 +464,50 @@
   <si>
     <t>FEPH6X--T100</t>
   </si>
   <si>
     <t>3-54973-34311-5</t>
   </si>
   <si>
     <t>Cell Salt #5 Kali Mur</t>
   </si>
   <si>
     <t>KAMU6X--T100</t>
   </si>
   <si>
     <t>3-54973-52241-1</t>
   </si>
   <si>
     <t>Cell Salt #6 Kali Phos</t>
   </si>
   <si>
     <t>KAPH6X--T100</t>
   </si>
   <si>
     <t>3-54973-52281-7</t>
   </si>
   <si>
-    <t>Cell Salt #7 Kali Sulph</t>
-[...7 lines deleted...]
-  <si>
     <t>Cell Salt #8 Mag Phos</t>
   </si>
   <si>
     <t>MAPH6X--T100</t>
   </si>
   <si>
     <t>3-54973-60201-4</t>
   </si>
   <si>
     <t>Cell Salt #9 Nat Mur</t>
   </si>
   <si>
     <t>NAMU6X--T100</t>
   </si>
   <si>
     <t>3-54973-64331-4</t>
   </si>
   <si>
     <t>Cell Salt Bioplasma Tablets</t>
   </si>
   <si>
     <t>BIOP----T100</t>
   </si>
   <si>
     <t>3-54973-10681-9</t>
@@ -590,222 +527,275 @@
   <si>
     <t>Earache Drops</t>
   </si>
   <si>
     <t>First Aid</t>
   </si>
   <si>
     <t>EARS----L0.33Z</t>
   </si>
   <si>
     <t>3-54973-75162-0</t>
   </si>
   <si>
     <t>Hyland's Naturals Chafing Relief</t>
   </si>
   <si>
     <t>Athletic</t>
   </si>
   <si>
     <t>CHAF----U3Z</t>
   </si>
   <si>
     <t>8-10087-82022-0</t>
   </si>
   <si>
-    <t>Hyland's Naturals Women's Menopause Multi + Youthful Skin</t>
-[...28 lines deleted...]
-  <si>
     <t>Leg Cramps + Arnica</t>
   </si>
   <si>
     <t>LEGAC-40</t>
   </si>
   <si>
     <t>3-54973-41262-0</t>
   </si>
   <si>
     <t>Leg Cramps Ointment</t>
   </si>
   <si>
     <t>LEGO----U2.5Z</t>
   </si>
   <si>
     <t>3-54973-32021-5</t>
   </si>
   <si>
-    <t>Leg Cramps PM Tablets</t>
-[...1 lines deleted...]
-  <si>
     <t>LCPM----T50</t>
   </si>
   <si>
     <t>3-54973-30931-9</t>
   </si>
   <si>
-    <t>Leg Cramps Tablets</t>
-[...1 lines deleted...]
-  <si>
     <t>HLEG----T1004P</t>
   </si>
   <si>
     <t>3-54973-29562-9</t>
   </si>
   <si>
-    <t>Muscle Therapy Gel with Arnica</t>
-[...7 lines deleted...]
-  <si>
     <t>Nerve Tonic Tablets</t>
   </si>
   <si>
     <t>NETO----T50</t>
   </si>
   <si>
     <t>3-5497330144-3</t>
   </si>
   <si>
     <t>PRID Drawing Salve</t>
   </si>
   <si>
     <t>PRIDN---U18GM</t>
   </si>
   <si>
     <t>3-54973-42024-3</t>
   </si>
   <si>
-    <t>Restful Legs PM</t>
-[...1 lines deleted...]
-  <si>
     <t>RLPM----T50</t>
   </si>
   <si>
     <t>3-54973-33521-9</t>
   </si>
   <si>
-    <t>Restful Legs Tablets</t>
-[...1 lines deleted...]
-  <si>
     <t>HRES----T50</t>
   </si>
   <si>
     <t>3-54973-31621-8</t>
   </si>
   <si>
     <t>Seasonal Allergy Relief Tablets</t>
   </si>
   <si>
     <t>Allergy</t>
   </si>
   <si>
     <t>HNSEA---T60</t>
   </si>
   <si>
     <t>3-54973-30121-4</t>
   </si>
   <si>
     <t>Organic Elderberry Gummies</t>
   </si>
   <si>
     <t>HAIEO---G60</t>
   </si>
   <si>
     <t>8-10087-82002-2</t>
   </si>
   <si>
-    <t xml:space="preserve">Women's Complete PMS Rescue </t>
-[...7 lines deleted...]
-  <si>
     <t>Zen Sleep + Immunity Restorative Sleep Gummies</t>
   </si>
   <si>
     <t>HSCI----G42</t>
   </si>
   <si>
     <t>8-10087-82042-8</t>
   </si>
   <si>
-    <t>DOG ITEMS</t>
-[...11 lines deleted...]
-    <t>8-10087-82013-8</t>
+    <t>Organic Soothing Drops Combo Pack</t>
+  </si>
+  <si>
+    <t>BODNSDL-1Z2PK</t>
+  </si>
+  <si>
+    <t>Organic Soothing Drops Daytime</t>
+  </si>
+  <si>
+    <t>Organic Soothing Drops Nighttime</t>
+  </si>
+  <si>
+    <t>BOSDL-1Z</t>
+  </si>
+  <si>
+    <t>BONSDL-1Z</t>
+  </si>
+  <si>
+    <t>Organic Kids Cough &amp; Immune Combo</t>
+  </si>
+  <si>
+    <t>Organic Kids Cough &amp; Immune Nighttime</t>
+  </si>
+  <si>
+    <t>Organic Kids Cough &amp; Immune Daytime</t>
+  </si>
+  <si>
+    <t>Kids Cold &amp; Cough Nighttime Grape</t>
+  </si>
+  <si>
+    <t>Kids Cold &amp; Cough Daytime - Original</t>
+  </si>
+  <si>
+    <t>Kids Cold &amp; Cough Daytime - Grape</t>
+  </si>
+  <si>
+    <t>Kids Cold &amp; Cough Combo Pack Grape</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kids Cold &amp; Cough Combo Pack Original </t>
+  </si>
+  <si>
+    <t>Leg Cramps Tablets 50 ct</t>
+  </si>
+  <si>
+    <t>Leg Cramps Tablets 100 ct</t>
+  </si>
+  <si>
+    <t>Leg Cramps Tablets 200 ct</t>
+  </si>
+  <si>
+    <t>Leg Cramps PM Tablets 50 ct</t>
+  </si>
+  <si>
+    <t>Leg Cramps PM Tablets 100 ct</t>
+  </si>
+  <si>
+    <t>Restful Legs PM 50 ct</t>
+  </si>
+  <si>
+    <t>Restful Legs PM 100 ct</t>
+  </si>
+  <si>
+    <t>Restful Legs Tablets 50 ct</t>
+  </si>
+  <si>
+    <t>Restful Legs Tablets 100 ct</t>
+  </si>
+  <si>
+    <t>CCKDNF--L4Z2PKF1</t>
+  </si>
+  <si>
+    <t>CCFK----L4ZF1</t>
+  </si>
+  <si>
+    <t>CCNTF---L4ZF1</t>
+  </si>
+  <si>
+    <t>Kids Cough &amp; Mucus Daytime</t>
+  </si>
+  <si>
+    <t>CCIDN---L4Z2PK</t>
+  </si>
+  <si>
+    <t>CCIN----L4Z</t>
+  </si>
+  <si>
+    <t>CCID----L4Z</t>
+  </si>
+  <si>
+    <t>LCPM----T502PK</t>
+  </si>
+  <si>
+    <t>HLEG----T50</t>
+  </si>
+  <si>
+    <t>HLEG----T1002PK</t>
+  </si>
+  <si>
+    <t>RLPM----T502PK</t>
+  </si>
+  <si>
+    <t>HRES----T502PK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Discontinued </t>
+  </si>
+  <si>
+    <t>Baby Oral Pain Relief Daytime</t>
+  </si>
+  <si>
+    <t>Baby Tiny Cold Tablets Daytime</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="23" x14ac:knownFonts="1">
+  <fonts count="33">
     <font>
       <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -895,81 +885,134 @@
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color rgb="FF7F7F7F"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <strike/>
-[...12 lines deleted...]
-    <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
+      <u/>
+      <sz val="12"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <b/>
-      <sz val="12"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF303030"/>
+      <name val="Segoe UI"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Segoe UI"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF303030"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <strike/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Gotham"/>
     </font>
   </fonts>
   <fills count="37">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
@@ -1128,56 +1171,56 @@
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="2" tint="-9.9978637043366805E-2"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="10">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
@@ -1248,166 +1291,207 @@
       <left style="thin">
         <color rgb="FFB2B2B2"/>
       </left>
       <right style="thin">
         <color rgb="FFB2B2B2"/>
       </right>
       <top style="thin">
         <color rgb="FFB2B2B2"/>
       </top>
       <bottom style="thin">
         <color rgb="FFB2B2B2"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="42">
+  <cellStyleXfs count="43">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...39 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="13" fillId="6" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
+  <cellXfs count="37">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="16" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="1" fontId="16" fillId="33" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="1" fontId="23" fillId="33" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="1" fontId="16" fillId="34" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="1" fontId="16" fillId="35" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="1" fontId="16" fillId="36" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="1" fontId="23" fillId="34" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="1" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="1" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="23" fillId="35" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="1" fontId="23" fillId="35" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="42" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="36" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="36" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="36" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="1" fillId="36" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="36" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="31" fillId="36" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="1" fontId="31" fillId="36" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
-  <cellStyles count="42">
+  <cellStyles count="43">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Accent6" xfId="38" builtinId="49" customBuiltin="1"/>
     <cellStyle name="Bad" xfId="7" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Calculation" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Check Cell" xfId="13" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Explanatory Text" xfId="16" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Good" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Heading 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
+    <cellStyle name="Hyperlink" xfId="42" builtinId="8"/>
     <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
@@ -1692,1529 +1776,1574 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F76"/>
+  <dimension ref="A1:G78"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="A30" sqref="A30:XFD30"/>
+      <selection activeCell="C10" sqref="C10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.58203125" defaultRowHeight="16" customHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="10.58203125" defaultRowHeight="16" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="63.83203125" style="12" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="24.83203125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="56.58203125" style="3" customWidth="1"/>
+    <col min="2" max="2" width="14.08203125" style="7" customWidth="1"/>
+    <col min="3" max="3" width="20.83203125" style="7" customWidth="1"/>
+    <col min="4" max="4" width="28.5" style="8" customWidth="1"/>
+    <col min="5" max="5" width="12.08203125" style="7" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="24.83203125" style="7" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="10.58203125" style="7"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" s="12" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="12" t="s">
+    <row r="1" spans="1:7" s="3" customFormat="1" ht="16" customHeight="1">
+      <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="12" t="s">
+      <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="12" t="s">
+      <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="13" t="s">
+      <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="12" t="s">
+      <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="12" t="s">
+      <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="2" spans="1:6" s="1" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="1" t="s">
+    <row r="2" spans="1:7" s="5" customFormat="1" ht="16" customHeight="1">
+      <c r="A2" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="D2" s="7"/>
-[...2 lines deleted...]
-      <c r="A3" s="12" t="s">
+      <c r="D2" s="6"/>
+    </row>
+    <row r="3" spans="1:7" ht="16" customHeight="1">
+      <c r="A3" s="21" t="s">
         <v>7</v>
       </c>
-      <c r="B3" t="s">
+      <c r="B3" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="C3" t="s">
+      <c r="C3" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="D3" s="6" t="s">
+      <c r="D3" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="E3" t="s">
-[...2 lines deleted...]
-      <c r="F3">
+      <c r="E3" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F3" s="7">
         <v>7.19</v>
       </c>
     </row>
-    <row r="4" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="12" t="s">
+    <row r="4" spans="1:7" ht="16" customHeight="1">
+      <c r="A4" s="21" t="s">
         <v>12</v>
       </c>
-      <c r="B4" t="s">
+      <c r="B4" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="C4" t="s">
+      <c r="C4" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="D4" s="6" t="s">
+      <c r="D4" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...2 lines deleted...]
-      <c r="F4">
+      <c r="E4" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="7">
         <v>7.19</v>
       </c>
     </row>
-    <row r="5" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="12" t="s">
+    <row r="5" spans="1:7" s="27" customFormat="1" ht="16" customHeight="1">
+      <c r="A5" s="28" t="s">
         <v>15</v>
       </c>
-      <c r="B5" t="s">
+      <c r="B5" s="26" t="s">
         <v>16</v>
       </c>
-      <c r="C5" t="s">
+      <c r="C5" s="26" t="s">
         <v>17</v>
       </c>
-      <c r="D5" s="6" t="s">
+      <c r="D5" s="29" t="s">
         <v>18</v>
       </c>
-      <c r="E5" t="s">
-[...2 lines deleted...]
-      <c r="F5">
+      <c r="E5" s="26" t="s">
+        <v>228</v>
+      </c>
+      <c r="F5" s="26">
         <v>8.09</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="12" t="s">
+      <c r="G5" s="26"/>
+    </row>
+    <row r="6" spans="1:7" ht="16" customHeight="1">
+      <c r="A6" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="B6" t="s">
+      <c r="B6" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="C6" s="15" t="s">
+      <c r="C6" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D6" s="6" t="s">
+      <c r="D6" s="8" t="s">
         <v>21</v>
       </c>
-      <c r="E6" t="s">
-[...2 lines deleted...]
-      <c r="F6">
+      <c r="E6" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" s="7">
         <v>12.59</v>
       </c>
     </row>
-    <row r="7" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="12" t="s">
+    <row r="7" spans="1:7" ht="16" customHeight="1">
+      <c r="A7" s="21" t="s">
         <v>22</v>
       </c>
-      <c r="B7" t="s">
+      <c r="B7" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="C7" s="15" t="s">
+      <c r="C7" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="D7" s="16" t="s">
+      <c r="D7" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="E7" t="s">
+      <c r="E7" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="F7">
+      <c r="F7" s="7">
         <v>8.09</v>
       </c>
     </row>
-    <row r="8" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="12" t="s">
+    <row r="8" spans="1:7" ht="16" customHeight="1">
+      <c r="A8" s="21" t="s">
+        <v>229</v>
+      </c>
+      <c r="B8" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="D8" s="6" t="s">
+      <c r="E8" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" s="7">
+        <v>6.59</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" ht="16" customHeight="1">
+      <c r="A9" s="21" t="s">
         <v>28</v>
       </c>
-      <c r="E8" t="s">
-[...2 lines deleted...]
-      <c r="F8">
+      <c r="B9" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F9" s="7">
+        <v>8.39</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="16" customHeight="1">
+      <c r="A10" s="21" t="s">
+        <v>230</v>
+      </c>
+      <c r="B10" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F10" s="7">
+        <v>8.99</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="16" customHeight="1">
+      <c r="A11" s="21" t="s">
+        <v>33</v>
+      </c>
+      <c r="B11" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D11" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="7">
+        <v>13.19</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="16" customHeight="1">
+      <c r="A12" s="21" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="C12" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="E12" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" s="7">
+        <v>7.19</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="16" customHeight="1">
+      <c r="A13" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="B13" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D13" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="E13" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="7">
+        <v>7.19</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="16" customHeight="1">
+      <c r="A14" s="21" t="s">
+        <v>42</v>
+      </c>
+      <c r="B14" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="C14" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D14" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" s="7">
         <v>6.59</v>
       </c>
     </row>
-    <row r="9" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
-[...23 lines deleted...]
-      <c r="B10" t="s">
+    <row r="15" spans="1:7" ht="16" customHeight="1">
+      <c r="A15" s="21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B15" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="C15" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D15" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="E15" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F15" s="7">
+        <v>6.59</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="16" customHeight="1">
+      <c r="A16" s="21" t="s">
+        <v>48</v>
+      </c>
+      <c r="B16" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="C10" t="s">
-[...8 lines deleted...]
-      <c r="F10">
+      <c r="C16" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D16" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="E16" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="7">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="16" customHeight="1">
+      <c r="A17" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="B17" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="C17" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D17" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E17" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" s="7">
+        <v>5.99</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" s="31" customFormat="1" ht="16" customHeight="1">
+      <c r="A18" s="30" t="s">
+        <v>54</v>
+      </c>
+      <c r="B18" s="31" t="s">
+        <v>16</v>
+      </c>
+      <c r="C18" s="31" t="s">
+        <v>55</v>
+      </c>
+      <c r="D18" s="32" t="s">
+        <v>56</v>
+      </c>
+      <c r="E18" s="31" t="s">
+        <v>11</v>
+      </c>
+      <c r="F18" s="31">
+        <v>5.99</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="16" customHeight="1">
+      <c r="A19" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="B19" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C19" s="25" t="s">
+        <v>58</v>
+      </c>
+      <c r="D19" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E19" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F19" s="7">
+        <v>9.09</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="16" customHeight="1">
+      <c r="A20" s="21" t="s">
+        <v>60</v>
+      </c>
+      <c r="B20" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C20" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D20" s="8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" s="7">
+        <v>4.8899999999999997</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="16" customHeight="1">
+      <c r="A21" s="21" t="s">
+        <v>63</v>
+      </c>
+      <c r="B21" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D21" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E21" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F21" s="7">
+        <v>4.8899999999999997</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="16" customHeight="1">
+      <c r="A22" s="21" t="s">
+        <v>195</v>
+      </c>
+      <c r="B22" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C22" s="9" t="s">
+        <v>197</v>
+      </c>
+      <c r="D22" s="10">
+        <v>810087820596</v>
+      </c>
+      <c r="E22" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F22" s="7">
+        <v>5.59</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="16" customHeight="1">
+      <c r="A23" s="21" t="s">
+        <v>196</v>
+      </c>
+      <c r="B23" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C23" s="9" t="s">
+        <v>198</v>
+      </c>
+      <c r="D23" s="10">
+        <v>810087820602</v>
+      </c>
+      <c r="E23" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F23" s="7">
+        <v>5.59</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="16" customHeight="1">
+      <c r="A24" s="21" t="s">
+        <v>193</v>
+      </c>
+      <c r="B24" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C24" s="11" t="s">
+        <v>194</v>
+      </c>
+      <c r="D24" s="12">
+        <v>810087820619</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F24" s="7">
+        <v>9.7899999999999991</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" s="13" customFormat="1" ht="16" customHeight="1">
+      <c r="A25" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="D25" s="14"/>
+    </row>
+    <row r="26" spans="1:6" ht="16" customHeight="1">
+      <c r="A26" s="21" t="s">
+        <v>205</v>
+      </c>
+      <c r="B26" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C26" s="25" t="s">
+        <v>216</v>
+      </c>
+      <c r="D26" s="34"/>
+      <c r="E26" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F26" s="7">
+        <v>11.99</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" ht="16" customHeight="1">
+      <c r="A27" s="21" t="s">
+        <v>206</v>
+      </c>
+      <c r="B27" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="D27" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="E27" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F27" s="7">
+        <v>11.99</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="16" customHeight="1">
+      <c r="A28" s="21" t="s">
+        <v>204</v>
+      </c>
+      <c r="B28" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C28" s="16" t="s">
+        <v>217</v>
+      </c>
+      <c r="D28" s="34"/>
+      <c r="E28" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F28" s="7">
+        <v>6.79</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" ht="16" customHeight="1">
+      <c r="A29" s="22" t="s">
+        <v>203</v>
+      </c>
+      <c r="B29" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D29" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F29" s="7">
+        <v>6.79</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="16" customHeight="1">
+      <c r="A30" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="B30" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C30" s="9" t="s">
+        <v>218</v>
+      </c>
+      <c r="D30" s="34"/>
+      <c r="E30" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" s="7">
+        <v>6.79</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="16" customHeight="1">
+      <c r="A31" s="21" t="s">
+        <v>73</v>
+      </c>
+      <c r="B31" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="D31" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F31" s="7">
+        <v>6.79</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" s="17" customFormat="1" ht="16" customHeight="1">
+      <c r="A32" s="21" t="s">
+        <v>219</v>
+      </c>
+      <c r="B32" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C32" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="D32" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E32" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F32" s="7">
+        <v>6.79</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" ht="16" customHeight="1">
+      <c r="A33" s="21" t="s">
+        <v>78</v>
+      </c>
+      <c r="B33" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="D33" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" s="7">
+        <v>11.99</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" ht="16" customHeight="1">
+      <c r="A34" s="21" t="s">
+        <v>81</v>
+      </c>
+      <c r="B34" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="D34" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="E34" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F34" s="7">
+        <v>6.79</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" ht="16" customHeight="1">
+      <c r="A35" s="33" t="s">
+        <v>199</v>
+      </c>
+      <c r="B35" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C35" s="9" t="s">
+        <v>220</v>
+      </c>
+      <c r="D35" s="10">
+        <v>810087820206</v>
+      </c>
+      <c r="E35" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" s="7">
+        <v>13.69</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" ht="16" customHeight="1">
+      <c r="A36" s="33" t="s">
+        <v>200</v>
+      </c>
+      <c r="B36" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C36" s="9" t="s">
+        <v>221</v>
+      </c>
+      <c r="D36" s="10">
+        <v>810087820190</v>
+      </c>
+      <c r="E36" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" s="7">
+        <v>7.19</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" ht="16" customHeight="1">
+      <c r="A37" s="33" t="s">
+        <v>201</v>
+      </c>
+      <c r="B37" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C37" s="9" t="s">
+        <v>222</v>
+      </c>
+      <c r="D37" s="10">
+        <v>810087820183</v>
+      </c>
+      <c r="E37" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F37" s="7">
+        <v>7.79</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="16" customHeight="1">
+      <c r="A38" s="21" t="s">
+        <v>84</v>
+      </c>
+      <c r="B38" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="D38" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="E38" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F38" s="7">
+        <v>14.29</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" ht="16" customHeight="1">
+      <c r="A39" s="21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B39" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D39" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="E39" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F39" s="7">
+        <v>8.49</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" ht="16" customHeight="1">
+      <c r="A40" s="21" t="s">
+        <v>90</v>
+      </c>
+      <c r="B40" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="D40" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="E40" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F40" s="7">
+        <v>7.79</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="16" customHeight="1">
+      <c r="A41" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="B41" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F41" s="7">
+        <v>13.19</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" ht="16" customHeight="1">
+      <c r="A42" s="23" t="s">
+        <v>95</v>
+      </c>
+      <c r="B42" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E42" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42" s="24">
+        <v>9.6</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" ht="16" customHeight="1">
+      <c r="A43" s="23" t="s">
+        <v>98</v>
+      </c>
+      <c r="B43" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="E43" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" s="24">
+        <v>9.6</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" ht="16" customHeight="1">
+      <c r="A44" s="23" t="s">
+        <v>101</v>
+      </c>
+      <c r="B44" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="E44" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F44" s="24">
+        <v>9.6</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" ht="16" customHeight="1">
+      <c r="A45" s="23" t="s">
+        <v>105</v>
+      </c>
+      <c r="B45" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" s="7">
+        <v>7.79</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" ht="16" customHeight="1">
+      <c r="A46" s="23" t="s">
+        <v>108</v>
+      </c>
+      <c r="B46" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="F46" s="7">
+        <v>7.79</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" s="18" customFormat="1" ht="16" customHeight="1">
+      <c r="A47" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="D47" s="19"/>
+      <c r="E47" s="19"/>
+      <c r="F47" s="19"/>
+    </row>
+    <row r="48" spans="1:6" s="20" customFormat="1" ht="16" customHeight="1">
+      <c r="A48" s="21" t="s">
+        <v>112</v>
+      </c>
+      <c r="B48" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="C48" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="D48" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="E48" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F48" s="7">
+        <v>7.19</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" ht="16" customHeight="1">
+      <c r="A49" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="B49" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>118</v>
+      </c>
+      <c r="D49" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F49" s="7">
+        <v>8.49</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" ht="16" customHeight="1">
+      <c r="A50" s="21" t="s">
+        <v>120</v>
+      </c>
+      <c r="B50" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>122</v>
+      </c>
+      <c r="D50" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="E50" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F50" s="7">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" s="17" customFormat="1" ht="16" customHeight="1">
+      <c r="A51" s="21" t="s">
+        <v>124</v>
+      </c>
+      <c r="B51" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="D51" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="E51" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F51" s="7">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" ht="16" customHeight="1">
+      <c r="A52" s="21" t="s">
+        <v>127</v>
+      </c>
+      <c r="B52" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="D52" s="15" t="s">
+        <v>129</v>
+      </c>
+      <c r="E52" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" s="7">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" ht="16" customHeight="1">
+      <c r="A53" s="21" t="s">
+        <v>130</v>
+      </c>
+      <c r="B53" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="C53" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="D53" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="E53" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F53" s="7">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" ht="16" customHeight="1">
+      <c r="A54" s="21" t="s">
+        <v>133</v>
+      </c>
+      <c r="B54" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="C54" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="D54" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="E54" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F54" s="7">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" ht="16" customHeight="1">
+      <c r="A55" s="21" t="s">
+        <v>136</v>
+      </c>
+      <c r="B55" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="D55" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F55" s="7">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" ht="16" customHeight="1">
+      <c r="A56" s="21" t="s">
+        <v>139</v>
+      </c>
+      <c r="B56" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="D56" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="E56" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F56" s="7">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" ht="16" customHeight="1">
+      <c r="A57" s="21" t="s">
+        <v>142</v>
+      </c>
+      <c r="B57" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="C57" s="7" t="s">
+        <v>143</v>
+      </c>
+      <c r="D57" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="E57" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F57" s="7">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" ht="16" customHeight="1">
+      <c r="A58" s="21" t="s">
+        <v>145</v>
+      </c>
+      <c r="B58" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>146</v>
+      </c>
+      <c r="D58" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="E58" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F58" s="7">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" ht="16" customHeight="1">
+      <c r="A59" s="21" t="s">
+        <v>148</v>
+      </c>
+      <c r="B59" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="C59" s="7" t="s">
+        <v>149</v>
+      </c>
+      <c r="D59" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="E59" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F59" s="7">
+        <v>11.49</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" ht="16" customHeight="1">
+      <c r="A60" s="21" t="s">
+        <v>151</v>
+      </c>
+      <c r="B60" s="7" t="s">
+        <v>152</v>
+      </c>
+      <c r="C60" s="7" t="s">
+        <v>153</v>
+      </c>
+      <c r="D60" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="E60" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F60" s="7">
+        <v>7.79</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" ht="16" customHeight="1">
+      <c r="A61" s="21" t="s">
+        <v>155</v>
+      </c>
+      <c r="B61" s="7" t="s">
+        <v>156</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>157</v>
+      </c>
+      <c r="D61" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="E61" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F61" s="7">
+        <v>7.49</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" ht="16" customHeight="1">
+      <c r="A62" s="21" t="s">
+        <v>159</v>
+      </c>
+      <c r="B62" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="C62" s="7" t="s">
+        <v>161</v>
+      </c>
+      <c r="D62" s="8" t="s">
+        <v>162</v>
+      </c>
+      <c r="E62" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F62" s="7">
         <v>8.99</v>
       </c>
     </row>
-    <row r="11" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
-[...15 lines deleted...]
-      <c r="F11">
+    <row r="63" spans="1:6" ht="16" customHeight="1">
+      <c r="A63" s="21" t="s">
+        <v>163</v>
+      </c>
+      <c r="B63" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="C63" s="7" t="s">
+        <v>164</v>
+      </c>
+      <c r="D63" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="E63" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F63" s="7">
+        <v>5.39</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" ht="16" customHeight="1">
+      <c r="A64" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="B64" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="C64" s="7" t="s">
+        <v>167</v>
+      </c>
+      <c r="D64" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="E64" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F64" s="7">
+        <v>7.79</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" ht="16" customHeight="1">
+      <c r="A65" s="21" t="s">
+        <v>210</v>
+      </c>
+      <c r="B65" s="25" t="s">
+        <v>113</v>
+      </c>
+      <c r="C65" s="25" t="s">
+        <v>169</v>
+      </c>
+      <c r="D65" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="E65" s="25" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" s="7">
+        <v>7.19</v>
+      </c>
+      <c r="G65" s="3"/>
+    </row>
+    <row r="66" spans="1:7" ht="16" customHeight="1">
+      <c r="A66" s="21" t="s">
+        <v>211</v>
+      </c>
+      <c r="B66" s="25" t="s">
+        <v>113</v>
+      </c>
+      <c r="C66" s="9" t="s">
+        <v>223</v>
+      </c>
+      <c r="D66" s="15"/>
+      <c r="E66" s="25" t="s">
+        <v>11</v>
+      </c>
+      <c r="F66" s="7">
+        <v>15.35</v>
+      </c>
+      <c r="G66" s="3"/>
+    </row>
+    <row r="67" spans="1:7" ht="16" customHeight="1">
+      <c r="A67" s="21" t="s">
+        <v>207</v>
+      </c>
+      <c r="B67" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="C67" s="9" t="s">
+        <v>224</v>
+      </c>
+      <c r="D67" s="15">
+        <v>354973295612</v>
+      </c>
+      <c r="E67" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F67" s="7">
+        <v>7.19</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" ht="16" customHeight="1">
+      <c r="A68" s="21" t="s">
+        <v>209</v>
+      </c>
+      <c r="B68" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="C68" s="9" t="s">
+        <v>225</v>
+      </c>
+      <c r="D68" s="15"/>
+      <c r="E68" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F68" s="7">
+        <v>17.27</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" ht="16" customHeight="1">
+      <c r="A69" s="21" t="s">
+        <v>208</v>
+      </c>
+      <c r="B69" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="C69" s="25" t="s">
+        <v>171</v>
+      </c>
+      <c r="D69" s="15" t="s">
+        <v>172</v>
+      </c>
+      <c r="E69" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F69" s="7">
+        <v>9.49</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" ht="16" customHeight="1">
+      <c r="A70" s="21" t="s">
+        <v>173</v>
+      </c>
+      <c r="B70" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="C70" s="7" t="s">
+        <v>174</v>
+      </c>
+      <c r="D70" s="15" t="s">
+        <v>175</v>
+      </c>
+      <c r="E70" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F70" s="7">
+        <v>6.49</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" ht="16" customHeight="1">
+      <c r="A71" s="21" t="s">
+        <v>176</v>
+      </c>
+      <c r="B71" s="7" t="s">
+        <v>156</v>
+      </c>
+      <c r="C71" s="7" t="s">
+        <v>177</v>
+      </c>
+      <c r="D71" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="E71" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F71" s="7">
+        <v>6.59</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" ht="16" customHeight="1">
+      <c r="A72" s="21" t="s">
+        <v>212</v>
+      </c>
+      <c r="B72" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="C72" s="25" t="s">
+        <v>179</v>
+      </c>
+      <c r="D72" s="15" t="s">
+        <v>180</v>
+      </c>
+      <c r="E72" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F72" s="7">
+        <v>8.09</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" ht="16" customHeight="1">
+      <c r="A73" s="21" t="s">
+        <v>213</v>
+      </c>
+      <c r="B73" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="C73" s="9" t="s">
+        <v>226</v>
+      </c>
+      <c r="D73" s="34"/>
+      <c r="E73" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F73" s="36">
+        <v>15.35</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" ht="16" customHeight="1">
+      <c r="A74" s="21" t="s">
+        <v>214</v>
+      </c>
+      <c r="B74" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="C74" s="7" t="s">
+        <v>181</v>
+      </c>
+      <c r="D74" s="15" t="s">
+        <v>182</v>
+      </c>
+      <c r="E74" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F74" s="7">
+        <v>7.19</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" ht="16" customHeight="1">
+      <c r="A75" s="21" t="s">
+        <v>215</v>
+      </c>
+      <c r="B75" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="C75" s="9" t="s">
+        <v>227</v>
+      </c>
+      <c r="D75" s="35"/>
+      <c r="E75" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F75" s="36">
+        <v>15.35</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" ht="16" customHeight="1">
+      <c r="A76" s="21" t="s">
+        <v>183</v>
+      </c>
+      <c r="B76" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C76" s="7" t="s">
+        <v>185</v>
+      </c>
+      <c r="D76" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="E76" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F76" s="7">
+        <v>5.99</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" ht="16" customHeight="1">
+      <c r="A77" s="21" t="s">
+        <v>187</v>
+      </c>
+      <c r="B77" s="7" t="s">
+        <v>152</v>
+      </c>
+      <c r="C77" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="E77" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F77" s="7">
         <v>13.19</v>
       </c>
     </row>
-    <row r="12" spans="1:6" ht="16" customHeight="1" x14ac:dyDescent="0.35">
-[...609 lines deleted...]
-      <c r="F43">
+    <row r="78" spans="1:7" ht="16" customHeight="1">
+      <c r="A78" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="B78" s="7" t="s">
+        <v>152</v>
+      </c>
+      <c r="C78" s="7" t="s">
+        <v>191</v>
+      </c>
+      <c r="D78" s="8" t="s">
+        <v>192</v>
+      </c>
+      <c r="E78" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F78" s="7">
         <v>9.59</v>
-      </c>
-[...644 lines deleted...]
-        <v>16.79</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="20" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>